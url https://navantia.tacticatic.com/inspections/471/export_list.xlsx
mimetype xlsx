--- v0 (2026-02-01)
+++ v1 (2026-02-02)
@@ -66,51 +66,51 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:F166"/>
+  <dimension ref="A1:F183"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="9.9" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="8.8" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="13.200000000000001" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="8.8" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="4.4" min="6" max="6" bestFit="1" customWidth="1"/>
     <col width="4.4" min="7" max="7" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row customHeight="1" ht="35" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
@@ -120,4003 +120,4411 @@
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>Confianza</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>X</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Z</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="n">
-        <v>231323</v>
+        <v>231324</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C2" s="0" t="n">
-        <v>60.26</v>
+        <v>2.0</v>
       </c>
       <c r="D2" s="0" t="n">
         <v>5.63</v>
       </c>
       <c r="E2" s="0" t="n">
-        <v>0.13</v>
+        <v>-0.51</v>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="n">
-        <v>231322</v>
+        <v>231323</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C3" s="0" t="n">
-        <v>5.01</v>
+        <v>60.26</v>
       </c>
       <c r="D3" s="0" t="n">
         <v>5.63</v>
       </c>
       <c r="E3" s="0" t="n">
-        <v>0.09</v>
+        <v>0.13</v>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="n">
-        <v>231317</v>
+        <v>231322</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C4" s="0" t="n">
-        <v>7.07</v>
+        <v>5.01</v>
       </c>
       <c r="D4" s="0" t="n">
-        <v>5.18</v>
+        <v>5.63</v>
       </c>
       <c r="E4" s="0" t="n">
-        <v>0.43</v>
+        <v>0.09</v>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="n">
-        <v>231315</v>
+        <v>231319</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C5" s="0" t="n">
-        <v>6.23</v>
+        <v>30.13</v>
       </c>
       <c r="D5" s="0" t="n">
-        <v>5.38</v>
+        <v>5.31</v>
       </c>
       <c r="E5" s="0" t="n">
-        <v>0.72</v>
+        <v>0.78</v>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="n">
-        <v>231314</v>
+        <v>231318</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C6" s="0" t="n">
-        <v>3.12</v>
+        <v>22.26</v>
       </c>
       <c r="D6" s="0" t="n">
-        <v>5.41</v>
+        <v>5.39</v>
       </c>
       <c r="E6" s="0" t="n">
-        <v>0.09</v>
+        <v>0.82</v>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="n">
-        <v>231313</v>
+        <v>231317</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C7" s="0" t="n">
-        <v>26.47</v>
+        <v>7.07</v>
       </c>
       <c r="D7" s="0" t="n">
-        <v>5.39</v>
+        <v>5.18</v>
       </c>
       <c r="E7" s="0" t="n">
-        <v>0.11</v>
+        <v>0.43</v>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="n">
-        <v>231312</v>
+        <v>231314</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C8" s="0" t="n">
-        <v>2.37</v>
+        <v>3.12</v>
       </c>
       <c r="D8" s="0" t="n">
-        <v>5.58</v>
+        <v>5.41</v>
       </c>
       <c r="E8" s="0" t="n">
-        <v>0.55</v>
+        <v>0.09</v>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="n">
-        <v>231311</v>
+        <v>231313</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C9" s="0" t="n">
-        <v>35.33</v>
+        <v>26.47</v>
       </c>
       <c r="D9" s="0" t="n">
-        <v>5.38</v>
+        <v>5.39</v>
       </c>
       <c r="E9" s="0" t="n">
-        <v>-0.21</v>
+        <v>0.11</v>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="n">
-        <v>231310</v>
+        <v>231312</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C10" s="0" t="n">
-        <v>7.87</v>
+        <v>2.37</v>
       </c>
       <c r="D10" s="0" t="n">
-        <v>5.26</v>
+        <v>5.58</v>
       </c>
       <c r="E10" s="0" t="n">
-        <v>0.17</v>
+        <v>0.55</v>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="n">
-        <v>231308</v>
+        <v>231311</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C11" s="0" t="n">
-        <v>8.98</v>
+        <v>35.33</v>
       </c>
       <c r="D11" s="0" t="n">
-        <v>5.23</v>
+        <v>5.38</v>
       </c>
       <c r="E11" s="0" t="n">
-        <v>-0.06</v>
+        <v>-0.21</v>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="n">
-        <v>231307</v>
+        <v>231310</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C12" s="0" t="n">
-        <v>8.46</v>
+        <v>7.87</v>
       </c>
       <c r="D12" s="0" t="n">
-        <v>5.08</v>
+        <v>5.26</v>
       </c>
       <c r="E12" s="0" t="n">
-        <v>-0.71</v>
+        <v>0.17</v>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="n">
-        <v>231306</v>
+        <v>231309</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C13" s="0" t="n">
-        <v>2.4</v>
+        <v>3.54</v>
       </c>
       <c r="D13" s="0" t="n">
-        <v>5.15</v>
+        <v>5.08</v>
       </c>
       <c r="E13" s="0" t="n">
-        <v>-0.48</v>
+        <v>-0.17</v>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="n">
-        <v>231303</v>
+        <v>231308</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C14" s="0" t="n">
-        <v>2.27</v>
+        <v>8.98</v>
       </c>
       <c r="D14" s="0" t="n">
-        <v>4.87</v>
+        <v>5.23</v>
       </c>
       <c r="E14" s="0" t="n">
-        <v>-0.51</v>
+        <v>-0.06</v>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="n">
-        <v>231301</v>
+        <v>231307</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C15" s="0" t="n">
-        <v>23.39</v>
+        <v>8.46</v>
       </c>
       <c r="D15" s="0" t="n">
-        <v>4.82</v>
+        <v>5.08</v>
       </c>
       <c r="E15" s="0" t="n">
-        <v>-0.59</v>
+        <v>-0.71</v>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="n">
-        <v>231300</v>
+        <v>231305</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C16" s="0" t="n">
-        <v>63.47</v>
+        <v>57.0</v>
       </c>
       <c r="D16" s="0" t="n">
-        <v>4.73</v>
+        <v>5.31</v>
       </c>
       <c r="E16" s="0" t="n">
-        <v>-0.5</v>
+        <v>-0.58</v>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="n">
-        <v>231299</v>
+        <v>231304</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C17" s="0" t="n">
-        <v>41.7</v>
+        <v>2.28</v>
       </c>
       <c r="D17" s="0" t="n">
-        <v>4.83</v>
+        <v>5.15</v>
       </c>
       <c r="E17" s="0" t="n">
-        <v>-0.41</v>
+        <v>-0.92</v>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="n">
-        <v>231298</v>
+        <v>231303</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C18" s="0" t="n">
-        <v>26.39</v>
+        <v>2.27</v>
       </c>
       <c r="D18" s="0" t="n">
-        <v>4.88</v>
+        <v>4.87</v>
       </c>
       <c r="E18" s="0" t="n">
-        <v>-0.47</v>
+        <v>-0.51</v>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="n">
-        <v>231296</v>
+        <v>231302</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C19" s="0" t="n">
-        <v>2.42</v>
+        <v>36.74</v>
       </c>
       <c r="D19" s="0" t="n">
-        <v>5.15</v>
+        <v>5.13</v>
       </c>
       <c r="E19" s="0" t="n">
-        <v>-0.5</v>
+        <v>-0.74</v>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="n">
-        <v>231293</v>
+        <v>231301</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C20" s="0" t="n">
-        <v>40.95</v>
+        <v>23.39</v>
       </c>
       <c r="D20" s="0" t="n">
-        <v>4.87</v>
+        <v>4.82</v>
       </c>
       <c r="E20" s="0" t="n">
-        <v>0.13</v>
+        <v>-0.59</v>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="n">
-        <v>231292</v>
+        <v>231300</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C21" s="0" t="n">
-        <v>6.64</v>
+        <v>63.47</v>
       </c>
       <c r="D21" s="0" t="n">
-        <v>5.05</v>
+        <v>4.73</v>
       </c>
       <c r="E21" s="0" t="n">
-        <v>0.17</v>
+        <v>-0.5</v>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="n">
-        <v>231290</v>
+        <v>231299</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C22" s="0" t="n">
-        <v>78.04</v>
+        <v>41.7</v>
       </c>
       <c r="D22" s="0" t="n">
-        <v>5.04</v>
+        <v>4.83</v>
       </c>
       <c r="E22" s="0" t="n">
-        <v>0.84</v>
+        <v>-0.41</v>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="n">
-        <v>231289</v>
+        <v>231298</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C23" s="0" t="n">
-        <v>35.92</v>
+        <v>26.39</v>
       </c>
       <c r="D23" s="0" t="n">
         <v>4.88</v>
       </c>
       <c r="E23" s="0" t="n">
-        <v>0.82</v>
+        <v>-0.47</v>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="n">
-        <v>231288</v>
+        <v>231296</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C24" s="0" t="n">
-        <v>13.33</v>
+        <v>2.42</v>
       </c>
       <c r="D24" s="0" t="n">
         <v>5.15</v>
       </c>
       <c r="E24" s="0" t="n">
-        <v>0.44</v>
+        <v>-0.5</v>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="n">
-        <v>231287</v>
+        <v>231295</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C25" s="0" t="n">
-        <v>3.11</v>
+        <v>23.8</v>
       </c>
       <c r="D25" s="0" t="n">
-        <v>4.91</v>
+        <v>5.13</v>
       </c>
       <c r="E25" s="0" t="n">
-        <v>0.73</v>
+        <v>-0.11</v>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="n">
-        <v>231286</v>
+        <v>231294</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C26" s="0" t="n">
-        <v>35.75</v>
+        <v>68.63</v>
       </c>
       <c r="D26" s="0" t="n">
-        <v>4.64</v>
+        <v>5.06</v>
       </c>
       <c r="E26" s="0" t="n">
-        <v>0.74</v>
+        <v>0.57</v>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="n">
-        <v>231285</v>
+        <v>231293</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C27" s="0" t="n">
-        <v>28.0</v>
+        <v>40.95</v>
       </c>
       <c r="D27" s="0" t="n">
-        <v>4.43</v>
+        <v>4.87</v>
       </c>
       <c r="E27" s="0" t="n">
-        <v>0.69</v>
+        <v>0.13</v>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="n">
-        <v>231284</v>
+        <v>231292</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>IV-1A</t>
         </is>
       </c>
       <c r="C28" s="0" t="n">
-        <v>14.86</v>
+        <v>6.64</v>
       </c>
       <c r="D28" s="0" t="n">
-        <v>4.43</v>
+        <v>5.05</v>
       </c>
       <c r="E28" s="0" t="n">
-        <v>0.72</v>
+        <v>0.17</v>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="n">
-        <v>231283</v>
+        <v>231291</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C29" s="0" t="n">
-        <v>11.02</v>
+        <v>5.41</v>
       </c>
       <c r="D29" s="0" t="n">
-        <v>4.43</v>
+        <v>4.87</v>
       </c>
       <c r="E29" s="0" t="n">
-        <v>0.1</v>
+        <v>0.09</v>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="n">
-        <v>231282</v>
+        <v>231290</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C30" s="0" t="n">
-        <v>38.53</v>
+        <v>78.04</v>
       </c>
       <c r="D30" s="0" t="n">
-        <v>4.43</v>
+        <v>5.04</v>
       </c>
       <c r="E30" s="0" t="n">
-        <v>0.09</v>
+        <v>0.84</v>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="n">
-        <v>231281</v>
+        <v>231289</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C31" s="0" t="n">
-        <v>8.32</v>
+        <v>35.92</v>
       </c>
       <c r="D31" s="0" t="n">
-        <v>4.35</v>
+        <v>4.88</v>
       </c>
       <c r="E31" s="0" t="n">
-        <v>-0.5</v>
+        <v>0.82</v>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="n">
-        <v>231280</v>
+        <v>231288</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C32" s="0" t="n">
-        <v>36.48</v>
+        <v>13.33</v>
       </c>
       <c r="D32" s="0" t="n">
-        <v>4.43</v>
+        <v>5.15</v>
       </c>
       <c r="E32" s="0" t="n">
-        <v>-0.53</v>
+        <v>0.44</v>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="n">
-        <v>231279</v>
+        <v>231287</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C33" s="0" t="n">
-        <v>3.42</v>
+        <v>3.11</v>
       </c>
       <c r="D33" s="0" t="n">
-        <v>4.43</v>
+        <v>4.91</v>
       </c>
       <c r="E33" s="0" t="n">
-        <v>-0.5</v>
+        <v>0.73</v>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="n">
-        <v>231278</v>
+        <v>231286</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>IV-5</t>
         </is>
       </c>
       <c r="C34" s="0" t="n">
-        <v>2.68</v>
+        <v>35.75</v>
       </c>
       <c r="D34" s="0" t="n">
-        <v>4.38</v>
+        <v>4.64</v>
       </c>
       <c r="E34" s="0" t="n">
-        <v>-0.95</v>
+        <v>0.74</v>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="n">
-        <v>231277</v>
+        <v>231285</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C35" s="0" t="n">
-        <v>15.11</v>
+        <v>28.0</v>
       </c>
       <c r="D35" s="0" t="n">
-        <v>4.13</v>
+        <v>4.43</v>
       </c>
       <c r="E35" s="0" t="n">
-        <v>-0.75</v>
+        <v>0.69</v>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="n">
-        <v>231276</v>
+        <v>231284</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C36" s="0" t="n">
-        <v>35.78</v>
+        <v>14.86</v>
       </c>
       <c r="D36" s="0" t="n">
-        <v>3.98</v>
+        <v>4.43</v>
       </c>
       <c r="E36" s="0" t="n">
-        <v>-0.47</v>
+        <v>0.72</v>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="n">
-        <v>231275</v>
+        <v>231283</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C37" s="0" t="n">
-        <v>13.53</v>
+        <v>11.02</v>
       </c>
       <c r="D37" s="0" t="n">
-        <v>4.19</v>
+        <v>4.43</v>
       </c>
       <c r="E37" s="0" t="n">
-        <v>-0.5</v>
+        <v>0.1</v>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="n">
-        <v>231274</v>
+        <v>231282</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C38" s="0" t="n">
-        <v>13.09</v>
+        <v>38.53</v>
       </c>
       <c r="D38" s="0" t="n">
-        <v>3.98</v>
+        <v>4.43</v>
       </c>
       <c r="E38" s="0" t="n">
-        <v>-0.5</v>
+        <v>0.09</v>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="n">
-        <v>231273</v>
+        <v>231281</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C39" s="0" t="n">
-        <v>11.29</v>
+        <v>8.32</v>
       </c>
       <c r="D39" s="0" t="n">
-        <v>4.18</v>
+        <v>4.35</v>
       </c>
       <c r="E39" s="0" t="n">
-        <v>-0.2</v>
+        <v>-0.5</v>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="n">
-        <v>231272</v>
+        <v>231280</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C40" s="0" t="n">
-        <v>38.73</v>
+        <v>36.48</v>
       </c>
       <c r="D40" s="0" t="n">
-        <v>3.98</v>
+        <v>4.43</v>
       </c>
       <c r="E40" s="0" t="n">
-        <v>0.14</v>
+        <v>-0.53</v>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="n">
-        <v>231270</v>
+        <v>231279</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C41" s="0" t="n">
-        <v>3.2</v>
+        <v>3.42</v>
       </c>
       <c r="D41" s="0" t="n">
-        <v>3.98</v>
+        <v>4.43</v>
       </c>
       <c r="E41" s="0" t="n">
-        <v>0.73</v>
+        <v>-0.5</v>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="n">
-        <v>231269</v>
+        <v>231277</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>IV-5</t>
         </is>
       </c>
       <c r="C42" s="0" t="n">
-        <v>39.4</v>
+        <v>15.11</v>
       </c>
       <c r="D42" s="0" t="n">
-        <v>4.17</v>
+        <v>4.13</v>
       </c>
       <c r="E42" s="0" t="n">
-        <v>0.74</v>
+        <v>-0.75</v>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="n">
-        <v>231267</v>
+        <v>231276</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C43" s="0" t="n">
-        <v>7.72</v>
+        <v>35.78</v>
       </c>
       <c r="D43" s="0" t="n">
-        <v>4.02</v>
+        <v>3.98</v>
       </c>
       <c r="E43" s="0" t="n">
-        <v>0.59</v>
+        <v>-0.47</v>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="n">
-        <v>231264</v>
+        <v>231275</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C44" s="0" t="n">
-        <v>2.8</v>
+        <v>13.53</v>
       </c>
       <c r="D44" s="0" t="n">
-        <v>3.62</v>
+        <v>4.19</v>
       </c>
       <c r="E44" s="0" t="n">
-        <v>0.64</v>
+        <v>-0.5</v>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="n">
-        <v>231263</v>
+        <v>231274</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C45" s="0" t="n">
-        <v>2.19</v>
+        <v>13.09</v>
       </c>
       <c r="D45" s="0" t="n">
-        <v>3.71</v>
+        <v>3.98</v>
       </c>
       <c r="E45" s="0" t="n">
-        <v>0.69</v>
+        <v>-0.5</v>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="n">
-        <v>231262</v>
+        <v>231273</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C46" s="0" t="n">
-        <v>29.16</v>
+        <v>11.29</v>
       </c>
       <c r="D46" s="0" t="n">
-        <v>3.45</v>
+        <v>4.18</v>
       </c>
       <c r="E46" s="0" t="n">
-        <v>0.03</v>
+        <v>-0.2</v>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="n">
-        <v>231261</v>
+        <v>231271</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C47" s="0" t="n">
-        <v>28.57</v>
+        <v>9.48</v>
       </c>
       <c r="D47" s="0" t="n">
-        <v>3.27</v>
+        <v>4.11</v>
       </c>
       <c r="E47" s="0" t="n">
-        <v>-0.11</v>
+        <v>0.1</v>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="n">
-        <v>231260</v>
+        <v>231270</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C48" s="0" t="n">
-        <v>11.55</v>
+        <v>3.2</v>
       </c>
       <c r="D48" s="0" t="n">
-        <v>3.5</v>
+        <v>3.98</v>
       </c>
       <c r="E48" s="0" t="n">
-        <v>0.19</v>
+        <v>0.73</v>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="n">
-        <v>231259</v>
+        <v>231269</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C49" s="0" t="n">
-        <v>8.69</v>
+        <v>39.4</v>
       </c>
       <c r="D49" s="0" t="n">
-        <v>3.67</v>
+        <v>4.17</v>
       </c>
       <c r="E49" s="0" t="n">
-        <v>0.11</v>
+        <v>0.74</v>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="n">
-        <v>231257</v>
+        <v>231268</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C50" s="0" t="n">
-        <v>4.66</v>
+        <v>30.9</v>
       </c>
       <c r="D50" s="0" t="n">
-        <v>3.38</v>
+        <v>3.98</v>
       </c>
       <c r="E50" s="0" t="n">
-        <v>0.38</v>
+        <v>0.71</v>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="n">
-        <v>231256</v>
+        <v>231267</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C51" s="0" t="n">
-        <v>3.74</v>
+        <v>7.72</v>
       </c>
       <c r="D51" s="0" t="n">
-        <v>3.38</v>
+        <v>4.02</v>
       </c>
       <c r="E51" s="0" t="n">
-        <v>-0.1</v>
+        <v>0.59</v>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="n">
-        <v>231255</v>
+        <v>231266</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C52" s="0" t="n">
-        <v>3.66</v>
+        <v>17.68</v>
       </c>
       <c r="D52" s="0" t="n">
-        <v>3.26</v>
+        <v>3.59</v>
       </c>
       <c r="E52" s="0" t="n">
-        <v>0.2</v>
+        <v>0.83</v>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="n">
-        <v>231253</v>
+        <v>231265</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C53" s="0" t="n">
-        <v>12.04</v>
+        <v>6.97</v>
       </c>
       <c r="D53" s="0" t="n">
-        <v>2.53</v>
+        <v>3.32</v>
       </c>
       <c r="E53" s="0" t="n">
-        <v>-0.59</v>
+        <v>0.61</v>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="n">
-        <v>231251</v>
+        <v>231264</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C54" s="0" t="n">
-        <v>2.34</v>
+        <v>2.8</v>
       </c>
       <c r="D54" s="0" t="n">
-        <v>2.63</v>
+        <v>3.62</v>
       </c>
       <c r="E54" s="0" t="n">
-        <v>-0.49</v>
+        <v>0.64</v>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="n">
-        <v>231250</v>
+        <v>231263</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C55" s="0" t="n">
-        <v>4.85</v>
+        <v>2.19</v>
       </c>
       <c r="D55" s="0" t="n">
-        <v>2.0</v>
+        <v>3.71</v>
       </c>
       <c r="E55" s="0" t="n">
-        <v>-0.65</v>
+        <v>0.69</v>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="n">
-        <v>231249</v>
+        <v>231261</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C56" s="0" t="n">
-        <v>41.1</v>
+        <v>28.57</v>
       </c>
       <c r="D56" s="0" t="n">
-        <v>2.18</v>
+        <v>3.27</v>
       </c>
       <c r="E56" s="0" t="n">
-        <v>-0.46</v>
+        <v>-0.11</v>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="n">
-        <v>231248</v>
+        <v>231260</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C57" s="0" t="n">
-        <v>22.46</v>
+        <v>11.55</v>
       </c>
       <c r="D57" s="0" t="n">
-        <v>2.16</v>
+        <v>3.5</v>
       </c>
       <c r="E57" s="0" t="n">
-        <v>-0.49</v>
+        <v>0.19</v>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="n">
-        <v>231247</v>
+        <v>231259</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>IV-6</t>
         </is>
       </c>
       <c r="C58" s="0" t="n">
-        <v>7.51</v>
+        <v>8.69</v>
       </c>
       <c r="D58" s="0" t="n">
-        <v>2.39</v>
+        <v>3.67</v>
       </c>
       <c r="E58" s="0" t="n">
-        <v>0.02</v>
+        <v>0.11</v>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="n">
-        <v>231244</v>
+        <v>231258</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C59" s="0" t="n">
-        <v>33.22</v>
+        <v>6.96</v>
       </c>
       <c r="D59" s="0" t="n">
-        <v>2.18</v>
+        <v>3.26</v>
       </c>
       <c r="E59" s="0" t="n">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="n">
-        <v>231243</v>
+        <v>231257</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C60" s="0" t="n">
-        <v>30.05</v>
+        <v>4.66</v>
       </c>
       <c r="D60" s="0" t="n">
-        <v>2.43</v>
+        <v>3.38</v>
       </c>
       <c r="E60" s="0" t="n">
-        <v>0.6</v>
+        <v>0.38</v>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="n">
-        <v>231242</v>
+        <v>231256</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C61" s="0" t="n">
-        <v>5.86</v>
+        <v>3.74</v>
       </c>
       <c r="D61" s="0" t="n">
-        <v>2.18</v>
+        <v>3.38</v>
       </c>
       <c r="E61" s="0" t="n">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="n">
-        <v>231241</v>
+        <v>231255</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C62" s="0" t="n">
-        <v>57.2</v>
+        <v>3.66</v>
       </c>
       <c r="D62" s="0" t="n">
-        <v>2.18</v>
+        <v>3.26</v>
       </c>
       <c r="E62" s="0" t="n">
-        <v>0.6</v>
+        <v>0.2</v>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="n">
-        <v>231240</v>
+        <v>231254</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C63" s="0" t="n">
-        <v>48.35</v>
+        <v>32.4</v>
       </c>
       <c r="D63" s="0" t="n">
-        <v>2.22</v>
+        <v>2.63</v>
       </c>
       <c r="E63" s="0" t="n">
-        <v>0.83</v>
+        <v>-0.52</v>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="n">
-        <v>231237</v>
+        <v>231253</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C64" s="0" t="n">
-        <v>54.93</v>
+        <v>12.04</v>
       </c>
       <c r="D64" s="0" t="n">
-        <v>1.96</v>
+        <v>2.53</v>
       </c>
       <c r="E64" s="0" t="n">
-        <v>0.61</v>
+        <v>-0.59</v>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="n">
-        <v>231236</v>
+        <v>231251</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C65" s="0" t="n">
-        <v>46.21</v>
+        <v>2.34</v>
       </c>
       <c r="D65" s="0" t="n">
-        <v>1.79</v>
+        <v>2.63</v>
       </c>
       <c r="E65" s="0" t="n">
-        <v>0.84</v>
+        <v>-0.49</v>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="n">
-        <v>231235</v>
+        <v>231250</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C66" s="0" t="n">
-        <v>42.2</v>
+        <v>4.85</v>
       </c>
       <c r="D66" s="0" t="n">
-        <v>1.96</v>
+        <v>2.0</v>
       </c>
       <c r="E66" s="0" t="n">
-        <v>0.9</v>
+        <v>-0.65</v>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="n">
-        <v>231233</v>
+        <v>231248</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C67" s="0" t="n">
-        <v>31.91</v>
+        <v>22.46</v>
       </c>
       <c r="D67" s="0" t="n">
-        <v>1.78</v>
+        <v>2.16</v>
       </c>
       <c r="E67" s="0" t="n">
-        <v>0.11</v>
+        <v>-0.49</v>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="n">
-        <v>231232</v>
+        <v>231246</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C68" s="0" t="n">
-        <v>11.15</v>
+        <v>2.54</v>
       </c>
       <c r="D68" s="0" t="n">
-        <v>1.78</v>
+        <v>2.32</v>
       </c>
       <c r="E68" s="0" t="n">
-        <v>0.36</v>
+        <v>-0.21</v>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="n">
-        <v>231231</v>
+        <v>231243</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C69" s="0" t="n">
-        <v>8.99</v>
+        <v>30.05</v>
       </c>
       <c r="D69" s="0" t="n">
-        <v>1.79</v>
+        <v>2.43</v>
       </c>
       <c r="E69" s="0" t="n">
-        <v>-0.49</v>
+        <v>0.6</v>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="n">
-        <v>231230</v>
+        <v>231242</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C70" s="0" t="n">
-        <v>15.54</v>
+        <v>5.86</v>
       </c>
       <c r="D70" s="0" t="n">
-        <v>1.91</v>
+        <v>2.18</v>
       </c>
       <c r="E70" s="0" t="n">
-        <v>-0.35</v>
+        <v>0.1</v>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="n">
-        <v>231229</v>
+        <v>231241</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C71" s="0" t="n">
-        <v>2.52</v>
+        <v>57.2</v>
       </c>
       <c r="D71" s="0" t="n">
-        <v>1.46</v>
+        <v>2.18</v>
       </c>
       <c r="E71" s="0" t="n">
-        <v>-0.92</v>
+        <v>0.6</v>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="n">
-        <v>231227</v>
+        <v>231240</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C72" s="0" t="n">
-        <v>8.73</v>
+        <v>48.35</v>
       </c>
       <c r="D72" s="0" t="n">
-        <v>1.46</v>
+        <v>2.22</v>
       </c>
       <c r="E72" s="0" t="n">
-        <v>-0.63</v>
+        <v>0.83</v>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="n">
-        <v>231226</v>
+        <v>231237</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C73" s="0" t="n">
-        <v>2.93</v>
+        <v>54.93</v>
       </c>
       <c r="D73" s="0" t="n">
-        <v>1.78</v>
+        <v>1.96</v>
       </c>
       <c r="E73" s="0" t="n">
-        <v>-0.88</v>
+        <v>0.61</v>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="n">
-        <v>231225</v>
+        <v>231236</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C74" s="0" t="n">
-        <v>6.69</v>
+        <v>46.21</v>
       </c>
       <c r="D74" s="0" t="n">
-        <v>1.28</v>
+        <v>1.79</v>
       </c>
       <c r="E74" s="0" t="n">
-        <v>-0.74</v>
+        <v>0.84</v>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="n">
-        <v>231224</v>
+        <v>231235</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C75" s="0" t="n">
-        <v>2.68</v>
+        <v>42.2</v>
       </c>
       <c r="D75" s="0" t="n">
-        <v>1.26</v>
+        <v>1.96</v>
       </c>
       <c r="E75" s="0" t="n">
-        <v>-0.48</v>
+        <v>0.9</v>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="n">
-        <v>231223</v>
+        <v>231234</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>IV-5</t>
         </is>
       </c>
       <c r="C76" s="0" t="n">
-        <v>2.66</v>
+        <v>33.43</v>
       </c>
       <c r="D76" s="0" t="n">
-        <v>1.53</v>
+        <v>1.48</v>
       </c>
       <c r="E76" s="0" t="n">
-        <v>-0.42</v>
+        <v>0.48</v>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="n">
-        <v>231222</v>
+        <v>231233</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C77" s="0" t="n">
-        <v>33.54</v>
+        <v>31.91</v>
       </c>
       <c r="D77" s="0" t="n">
-        <v>1.34</v>
+        <v>1.78</v>
       </c>
       <c r="E77" s="0" t="n">
-        <v>-0.7</v>
+        <v>0.11</v>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="n">
-        <v>231221</v>
+        <v>231232</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C78" s="0" t="n">
-        <v>33.08</v>
+        <v>11.15</v>
       </c>
       <c r="D78" s="0" t="n">
-        <v>1.52</v>
+        <v>1.78</v>
       </c>
       <c r="E78" s="0" t="n">
-        <v>-0.58</v>
+        <v>0.36</v>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="n">
-        <v>231220</v>
+        <v>231231</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C79" s="0" t="n">
-        <v>2.1</v>
+        <v>8.99</v>
       </c>
       <c r="D79" s="0" t="n">
-        <v>1.37</v>
+        <v>1.79</v>
       </c>
       <c r="E79" s="0" t="n">
         <v>-0.49</v>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="n">
-        <v>231219</v>
+        <v>231230</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C80" s="0" t="n">
-        <v>66.18</v>
+        <v>15.54</v>
       </c>
       <c r="D80" s="0" t="n">
-        <v>1.47</v>
+        <v>1.91</v>
       </c>
       <c r="E80" s="0" t="n">
-        <v>0.02</v>
+        <v>-0.35</v>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="n">
-        <v>231217</v>
+        <v>231229</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C81" s="0" t="n">
-        <v>45.02</v>
+        <v>2.52</v>
       </c>
       <c r="D81" s="0" t="n">
-        <v>1.28</v>
+        <v>1.46</v>
       </c>
       <c r="E81" s="0" t="n">
-        <v>0.41</v>
+        <v>-0.92</v>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="n">
-        <v>231216</v>
+        <v>231228</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C82" s="0" t="n">
-        <v>38.19</v>
+        <v>22.72</v>
       </c>
       <c r="D82" s="0" t="n">
-        <v>1.38</v>
+        <v>1.78</v>
       </c>
       <c r="E82" s="0" t="n">
-        <v>0.59</v>
+        <v>-0.51</v>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="n">
-        <v>231215</v>
+        <v>231227</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C83" s="0" t="n">
-        <v>3.85</v>
+        <v>8.73</v>
       </c>
       <c r="D83" s="0" t="n">
-        <v>1.49</v>
+        <v>1.46</v>
       </c>
       <c r="E83" s="0" t="n">
-        <v>0.21</v>
+        <v>-0.63</v>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="n">
-        <v>231214</v>
+        <v>231226</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C84" s="0" t="n">
-        <v>2.4</v>
+        <v>2.93</v>
       </c>
       <c r="D84" s="0" t="n">
-        <v>1.37</v>
+        <v>1.78</v>
       </c>
       <c r="E84" s="0" t="n">
-        <v>0.1</v>
+        <v>-0.88</v>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="n">
-        <v>231213</v>
+        <v>231225</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C85" s="0" t="n">
-        <v>62.49</v>
+        <v>6.69</v>
       </c>
       <c r="D85" s="0" t="n">
-        <v>1.46</v>
+        <v>1.28</v>
       </c>
       <c r="E85" s="0" t="n">
-        <v>0.85</v>
+        <v>-0.74</v>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="n">
-        <v>231211</v>
+        <v>231224</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C86" s="0" t="n">
-        <v>24.97</v>
+        <v>2.68</v>
       </c>
       <c r="D86" s="0" t="n">
-        <v>1.54</v>
+        <v>1.26</v>
       </c>
       <c r="E86" s="0" t="n">
-        <v>0.46</v>
+        <v>-0.48</v>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="n">
-        <v>231209</v>
+        <v>231223</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C87" s="0" t="n">
-        <v>52.96</v>
+        <v>2.66</v>
       </c>
       <c r="D87" s="0" t="n">
-        <v>0.82</v>
+        <v>1.53</v>
       </c>
       <c r="E87" s="0" t="n">
-        <v>0.87</v>
+        <v>-0.42</v>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="n">
-        <v>231208</v>
+        <v>231222</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C88" s="0" t="n">
-        <v>42.26</v>
+        <v>33.54</v>
       </c>
       <c r="D88" s="0" t="n">
-        <v>0.93</v>
+        <v>1.34</v>
       </c>
       <c r="E88" s="0" t="n">
-        <v>0.71</v>
+        <v>-0.7</v>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="n">
-        <v>231207</v>
+        <v>231220</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C89" s="0" t="n">
-        <v>13.17</v>
+        <v>2.1</v>
       </c>
       <c r="D89" s="0" t="n">
-        <v>0.92</v>
+        <v>1.37</v>
       </c>
       <c r="E89" s="0" t="n">
-        <v>0.12</v>
+        <v>-0.49</v>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="n">
-        <v>231206</v>
+        <v>231219</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C90" s="0" t="n">
-        <v>2.25</v>
+        <v>66.18</v>
       </c>
       <c r="D90" s="0" t="n">
-        <v>1.1</v>
+        <v>1.47</v>
       </c>
       <c r="E90" s="0" t="n">
-        <v>0.77</v>
+        <v>0.02</v>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="n">
-        <v>231203</v>
+        <v>231218</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C91" s="0" t="n">
-        <v>30.63</v>
+        <v>44.54</v>
       </c>
       <c r="D91" s="0" t="n">
-        <v>0.83</v>
+        <v>1.53</v>
       </c>
       <c r="E91" s="0" t="n">
-        <v>-0.39</v>
+        <v>-0.1</v>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="n">
-        <v>231201</v>
+        <v>231217</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C92" s="0" t="n">
-        <v>2.08</v>
+        <v>45.02</v>
       </c>
       <c r="D92" s="0" t="n">
-        <v>1.01</v>
+        <v>1.28</v>
       </c>
       <c r="E92" s="0" t="n">
-        <v>0.23</v>
+        <v>0.41</v>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="n">
-        <v>231200</v>
+        <v>231216</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C93" s="0" t="n">
-        <v>65.56</v>
+        <v>38.19</v>
       </c>
       <c r="D93" s="0" t="n">
-        <v>0.88</v>
+        <v>1.38</v>
       </c>
       <c r="E93" s="0" t="n">
-        <v>-0.48</v>
+        <v>0.59</v>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="n">
-        <v>231199</v>
+        <v>231215</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C94" s="0" t="n">
-        <v>56.19</v>
+        <v>3.85</v>
       </c>
       <c r="D94" s="0" t="n">
-        <v>0.91</v>
+        <v>1.49</v>
       </c>
       <c r="E94" s="0" t="n">
-        <v>-0.6</v>
+        <v>0.21</v>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="n">
-        <v>231198</v>
+        <v>231214</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C95" s="0" t="n">
-        <v>23.52</v>
+        <v>2.4</v>
       </c>
       <c r="D95" s="0" t="n">
-        <v>0.94</v>
+        <v>1.37</v>
       </c>
       <c r="E95" s="0" t="n">
-        <v>-0.51</v>
+        <v>0.1</v>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="n">
-        <v>231197</v>
+        <v>231213</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C96" s="0" t="n">
-        <v>14.23</v>
+        <v>62.49</v>
       </c>
       <c r="D96" s="0" t="n">
         <v>1.46</v>
       </c>
       <c r="E96" s="0" t="n">
-        <v>-0.01</v>
+        <v>0.85</v>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="n">
-        <v>231195</v>
+        <v>231212</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C97" s="0" t="n">
-        <v>8.07</v>
+        <v>54.14</v>
       </c>
       <c r="D97" s="0" t="n">
-        <v>1.2</v>
+        <v>1.54</v>
       </c>
       <c r="E97" s="0" t="n">
-        <v>0.59</v>
+        <v>0.85</v>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="n">
-        <v>231194</v>
+        <v>231211</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C98" s="0" t="n">
-        <v>2.11</v>
+        <v>24.97</v>
       </c>
       <c r="D98" s="0" t="n">
-        <v>1.24</v>
+        <v>1.54</v>
       </c>
       <c r="E98" s="0" t="n">
-        <v>0.59</v>
+        <v>0.46</v>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="n">
-        <v>231191</v>
+        <v>231210</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C99" s="0" t="n">
-        <v>4.42</v>
+        <v>17.89</v>
       </c>
       <c r="D99" s="0" t="n">
-        <v>0.78</v>
+        <v>1.28</v>
       </c>
       <c r="E99" s="0" t="n">
-        <v>0.82</v>
+        <v>0.84</v>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="n">
-        <v>231190</v>
+        <v>231209</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>IV-1B</t>
         </is>
       </c>
       <c r="C100" s="0" t="n">
-        <v>6.71</v>
+        <v>52.96</v>
       </c>
       <c r="D100" s="0" t="n">
-        <v>1.07</v>
+        <v>0.82</v>
       </c>
       <c r="E100" s="0" t="n">
-        <v>0.82</v>
+        <v>0.87</v>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="n">
-        <v>231188</v>
+        <v>231208</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C101" s="0" t="n">
-        <v>2.23</v>
+        <v>42.26</v>
       </c>
       <c r="D101" s="0" t="n">
-        <v>1.07</v>
+        <v>0.93</v>
       </c>
       <c r="E101" s="0" t="n">
-        <v>0.82</v>
+        <v>0.71</v>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="n">
-        <v>231187</v>
+        <v>231207</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C102" s="0" t="n">
-        <v>2.89</v>
+        <v>13.17</v>
       </c>
       <c r="D102" s="0" t="n">
-        <v>1.22</v>
+        <v>0.92</v>
       </c>
       <c r="E102" s="0" t="n">
-        <v>0.82</v>
+        <v>0.12</v>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="n">
-        <v>231186</v>
+        <v>231206</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C103" s="0" t="n">
-        <v>2.05</v>
+        <v>2.25</v>
       </c>
       <c r="D103" s="0" t="n">
-        <v>1.34</v>
+        <v>1.1</v>
       </c>
       <c r="E103" s="0" t="n">
-        <v>0.82</v>
+        <v>0.77</v>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="n">
-        <v>231185</v>
+        <v>231203</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C104" s="0" t="n">
-        <v>2.16</v>
+        <v>30.63</v>
       </c>
       <c r="D104" s="0" t="n">
-        <v>1.94</v>
+        <v>0.83</v>
       </c>
       <c r="E104" s="0" t="n">
-        <v>0.82</v>
+        <v>-0.39</v>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="n">
-        <v>231183</v>
+        <v>231202</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C105" s="0" t="n">
-        <v>3.11</v>
+        <v>22.79</v>
       </c>
       <c r="D105" s="0" t="n">
-        <v>2.58</v>
+        <v>0.89</v>
       </c>
       <c r="E105" s="0" t="n">
-        <v>0.82</v>
+        <v>0.1</v>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="n">
-        <v>231182</v>
+        <v>231201</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>IV-1B</t>
         </is>
       </c>
       <c r="C106" s="0" t="n">
-        <v>3.58</v>
+        <v>2.08</v>
       </c>
       <c r="D106" s="0" t="n">
-        <v>3.67</v>
+        <v>1.01</v>
       </c>
       <c r="E106" s="0" t="n">
-        <v>0.82</v>
+        <v>0.23</v>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="n">
-        <v>231181</v>
+        <v>231200</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C107" s="0" t="n">
-        <v>32.44</v>
+        <v>65.56</v>
       </c>
       <c r="D107" s="0" t="n">
-        <v>3.94</v>
+        <v>0.88</v>
       </c>
       <c r="E107" s="0" t="n">
-        <v>0.82</v>
+        <v>-0.48</v>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="n">
-        <v>231180</v>
+        <v>231199</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C108" s="0" t="n">
-        <v>43.87</v>
+        <v>56.19</v>
       </c>
       <c r="D108" s="0" t="n">
-        <v>4.45</v>
+        <v>0.91</v>
       </c>
       <c r="E108" s="0" t="n">
-        <v>0.8</v>
+        <v>-0.6</v>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="n">
-        <v>231179</v>
+        <v>231198</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C109" s="0" t="n">
-        <v>27.48</v>
+        <v>23.52</v>
       </c>
       <c r="D109" s="0" t="n">
-        <v>4.84</v>
+        <v>0.94</v>
       </c>
       <c r="E109" s="0" t="n">
-        <v>0.8</v>
+        <v>-0.51</v>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="n">
-        <v>231178</v>
+        <v>231197</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C110" s="0" t="n">
-        <v>2.95</v>
+        <v>14.23</v>
       </c>
       <c r="D110" s="0" t="n">
-        <v>4.8</v>
+        <v>1.46</v>
       </c>
       <c r="E110" s="0" t="n">
-        <v>0.8</v>
+        <v>-0.01</v>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="n">
-        <v>231177</v>
+        <v>231196</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C111" s="0" t="n">
-        <v>7.87</v>
+        <v>12.19</v>
       </c>
       <c r="D111" s="0" t="n">
-        <v>5.5</v>
+        <v>1.48</v>
       </c>
       <c r="E111" s="0" t="n">
-        <v>0.8</v>
+        <v>0.44</v>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="n">
-        <v>231176</v>
+        <v>231195</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C112" s="0" t="n">
-        <v>3.99</v>
+        <v>8.07</v>
       </c>
       <c r="D112" s="0" t="n">
-        <v>5.6</v>
+        <v>1.2</v>
       </c>
       <c r="E112" s="0" t="n">
-        <v>0.8</v>
+        <v>0.59</v>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="n">
-        <v>231175</v>
+        <v>231194</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C113" s="0" t="n">
-        <v>2.59</v>
+        <v>2.11</v>
       </c>
       <c r="D113" s="0" t="n">
-        <v>5.51</v>
+        <v>1.24</v>
       </c>
       <c r="E113" s="0" t="n">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="n">
-        <v>231174</v>
+        <v>231193</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C114" s="0" t="n">
-        <v>48.87</v>
+        <v>8.23</v>
       </c>
       <c r="D114" s="0" t="n">
-        <v>5.27</v>
+        <v>0.94</v>
       </c>
       <c r="E114" s="0" t="n">
-        <v>0.4</v>
+        <v>0.59</v>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="n">
-        <v>231173</v>
+        <v>231191</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C115" s="0" t="n">
-        <v>20.04</v>
+        <v>4.42</v>
       </c>
       <c r="D115" s="0" t="n">
-        <v>5.27</v>
+        <v>0.78</v>
       </c>
       <c r="E115" s="0" t="n">
-        <v>0.37</v>
+        <v>0.82</v>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="n">
-        <v>231172</v>
+        <v>231190</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C116" s="0" t="n">
-        <v>9.09</v>
+        <v>6.71</v>
       </c>
       <c r="D116" s="0" t="n">
-        <v>5.27</v>
+        <v>1.07</v>
       </c>
       <c r="E116" s="0" t="n">
-        <v>0.25</v>
+        <v>0.82</v>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="n">
-        <v>231171</v>
+        <v>231189</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C117" s="0" t="n">
-        <v>3.38</v>
+        <v>4.48</v>
       </c>
       <c r="D117" s="0" t="n">
-        <v>5.27</v>
+        <v>0.91</v>
       </c>
       <c r="E117" s="0" t="n">
-        <v>0.19</v>
+        <v>0.82</v>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="n">
-        <v>231170</v>
+        <v>231188</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C118" s="0" t="n">
-        <v>54.3</v>
+        <v>2.23</v>
       </c>
       <c r="D118" s="0" t="n">
-        <v>5.27</v>
+        <v>1.07</v>
       </c>
       <c r="E118" s="0" t="n">
-        <v>-0.08</v>
+        <v>0.82</v>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="n">
-        <v>231169</v>
+        <v>231187</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C119" s="0" t="n">
-        <v>10.72</v>
+        <v>2.89</v>
       </c>
       <c r="D119" s="0" t="n">
-        <v>5.27</v>
+        <v>1.22</v>
       </c>
       <c r="E119" s="0" t="n">
-        <v>-0.0</v>
+        <v>0.82</v>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="n">
-        <v>231168</v>
+        <v>231186</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C120" s="0" t="n">
-        <v>38.17</v>
+        <v>2.05</v>
       </c>
       <c r="D120" s="0" t="n">
-        <v>5.25</v>
+        <v>1.34</v>
       </c>
       <c r="E120" s="0" t="n">
-        <v>-0.22</v>
+        <v>0.82</v>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="n">
-        <v>231166</v>
+        <v>231185</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>IV-1B</t>
         </is>
       </c>
       <c r="C121" s="0" t="n">
-        <v>2.28</v>
+        <v>2.16</v>
       </c>
       <c r="D121" s="0" t="n">
-        <v>5.25</v>
+        <v>1.94</v>
       </c>
       <c r="E121" s="0" t="n">
-        <v>-0.54</v>
+        <v>0.82</v>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="n">
-        <v>231165</v>
+        <v>231183</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C122" s="0" t="n">
-        <v>4.6</v>
+        <v>3.11</v>
       </c>
       <c r="D122" s="0" t="n">
-        <v>5.26</v>
+        <v>2.58</v>
       </c>
       <c r="E122" s="0" t="n">
-        <v>-0.87</v>
+        <v>0.82</v>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="n">
-        <v>231164</v>
+        <v>231182</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C123" s="0" t="n">
-        <v>2.29</v>
+        <v>3.58</v>
       </c>
       <c r="D123" s="0" t="n">
-        <v>5.26</v>
+        <v>3.67</v>
       </c>
       <c r="E123" s="0" t="n">
-        <v>-0.86</v>
+        <v>0.82</v>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="n">
-        <v>231163</v>
+        <v>231181</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C124" s="0" t="n">
-        <v>6.94</v>
+        <v>32.44</v>
       </c>
       <c r="D124" s="0" t="n">
-        <v>5.02</v>
+        <v>3.94</v>
       </c>
       <c r="E124" s="0" t="n">
-        <v>-0.81</v>
+        <v>0.82</v>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="n">
-        <v>231162</v>
+        <v>231180</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>IV-3</t>
         </is>
       </c>
       <c r="C125" s="0" t="n">
-        <v>2.12</v>
+        <v>43.87</v>
       </c>
       <c r="D125" s="0" t="n">
-        <v>5.02</v>
+        <v>4.45</v>
       </c>
       <c r="E125" s="0" t="n">
-        <v>-0.75</v>
+        <v>0.8</v>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="n">
-        <v>231161</v>
+        <v>231179</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C126" s="0" t="n">
-        <v>2.04</v>
+        <v>27.48</v>
       </c>
       <c r="D126" s="0" t="n">
-        <v>5.02</v>
+        <v>4.84</v>
       </c>
       <c r="E126" s="0" t="n">
-        <v>-0.71</v>
+        <v>0.8</v>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="n">
-        <v>231158</v>
+        <v>231178</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C127" s="0" t="n">
-        <v>2.7</v>
+        <v>2.95</v>
       </c>
       <c r="D127" s="0" t="n">
-        <v>5.02</v>
+        <v>4.8</v>
       </c>
       <c r="E127" s="0" t="n">
-        <v>-0.41</v>
+        <v>0.8</v>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="n">
-        <v>231157</v>
+        <v>231177</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C128" s="0" t="n">
-        <v>6.05</v>
+        <v>7.87</v>
       </c>
       <c r="D128" s="0" t="n">
-        <v>5.02</v>
+        <v>5.5</v>
       </c>
       <c r="E128" s="0" t="n">
-        <v>0.02</v>
+        <v>0.8</v>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="n">
-        <v>231156</v>
+        <v>231176</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C129" s="0" t="n">
-        <v>3.25</v>
+        <v>3.99</v>
       </c>
       <c r="D129" s="0" t="n">
-        <v>5.02</v>
+        <v>5.6</v>
       </c>
       <c r="E129" s="0" t="n">
-        <v>-0.06</v>
+        <v>0.8</v>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="n">
-        <v>231154</v>
+        <v>231175</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C130" s="0" t="n">
-        <v>4.36</v>
+        <v>2.59</v>
       </c>
       <c r="D130" s="0" t="n">
-        <v>5.03</v>
+        <v>5.51</v>
       </c>
       <c r="E130" s="0" t="n">
-        <v>0.43</v>
+        <v>0.58</v>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="n">
-        <v>231153</v>
+        <v>231174</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C131" s="0" t="n">
-        <v>3.24</v>
+        <v>48.87</v>
       </c>
       <c r="D131" s="0" t="n">
-        <v>5.03</v>
+        <v>5.27</v>
       </c>
       <c r="E131" s="0" t="n">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="n">
-        <v>231152</v>
+        <v>231173</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C132" s="0" t="n">
-        <v>2.08</v>
+        <v>20.04</v>
       </c>
       <c r="D132" s="0" t="n">
-        <v>5.03</v>
+        <v>5.27</v>
       </c>
       <c r="E132" s="0" t="n">
-        <v>0.31</v>
+        <v>0.37</v>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="n">
-        <v>231151</v>
+        <v>231172</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C133" s="0" t="n">
-        <v>2.18</v>
+        <v>9.09</v>
       </c>
       <c r="D133" s="0" t="n">
-        <v>4.82</v>
+        <v>5.27</v>
       </c>
       <c r="E133" s="0" t="n">
-        <v>0.56</v>
+        <v>0.25</v>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="n">
-        <v>231150</v>
+        <v>231170</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C134" s="0" t="n">
-        <v>2.67</v>
+        <v>54.3</v>
       </c>
       <c r="D134" s="0" t="n">
-        <v>4.83</v>
+        <v>5.27</v>
       </c>
       <c r="E134" s="0" t="n">
-        <v>0.56</v>
+        <v>-0.08</v>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="n">
-        <v>231149</v>
+        <v>231169</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C135" s="0" t="n">
-        <v>8.4</v>
+        <v>10.72</v>
       </c>
       <c r="D135" s="0" t="n">
-        <v>4.46</v>
+        <v>5.27</v>
       </c>
       <c r="E135" s="0" t="n">
-        <v>0.56</v>
+        <v>-0.0</v>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="n">
-        <v>231148</v>
+        <v>231168</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C136" s="0" t="n">
-        <v>2.27</v>
+        <v>38.17</v>
       </c>
       <c r="D136" s="0" t="n">
-        <v>4.55</v>
+        <v>5.25</v>
       </c>
       <c r="E136" s="0" t="n">
-        <v>0.56</v>
+        <v>-0.22</v>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="n">
-        <v>231146</v>
+        <v>231166</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C137" s="0" t="n">
-        <v>5.15</v>
+        <v>2.28</v>
       </c>
       <c r="D137" s="0" t="n">
-        <v>4.28</v>
+        <v>5.25</v>
       </c>
       <c r="E137" s="0" t="n">
-        <v>0.56</v>
+        <v>-0.54</v>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="n">
-        <v>231145</v>
+        <v>231164</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C138" s="0" t="n">
-        <v>25.5</v>
+        <v>2.29</v>
       </c>
       <c r="D138" s="0" t="n">
-        <v>3.92</v>
+        <v>5.26</v>
       </c>
       <c r="E138" s="0" t="n">
-        <v>0.58</v>
+        <v>-0.86</v>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="n">
-        <v>231144</v>
+        <v>231163</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C139" s="0" t="n">
-        <v>3.98</v>
+        <v>6.94</v>
       </c>
       <c r="D139" s="0" t="n">
-        <v>3.97</v>
+        <v>5.02</v>
       </c>
       <c r="E139" s="0" t="n">
-        <v>0.58</v>
+        <v>-0.81</v>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="n">
-        <v>231142</v>
+        <v>231162</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>IV-4</t>
         </is>
       </c>
       <c r="C140" s="0" t="n">
-        <v>2.14</v>
+        <v>2.12</v>
       </c>
       <c r="D140" s="0" t="n">
-        <v>3.58</v>
+        <v>5.02</v>
       </c>
       <c r="E140" s="0" t="n">
-        <v>0.6</v>
+        <v>-0.75</v>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="n">
-        <v>231141</v>
+        <v>231161</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>IV-5</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C141" s="0" t="n">
-        <v>4.5</v>
+        <v>2.04</v>
       </c>
       <c r="D141" s="0" t="n">
-        <v>3.42</v>
+        <v>5.02</v>
       </c>
       <c r="E141" s="0" t="n">
-        <v>0.34</v>
+        <v>-0.71</v>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="n">
-        <v>231140</v>
+        <v>231159</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C142" s="0" t="n">
-        <v>29.62</v>
+        <v>2.75</v>
       </c>
       <c r="D142" s="0" t="n">
-        <v>3.42</v>
+        <v>5.02</v>
       </c>
       <c r="E142" s="0" t="n">
-        <v>0.06</v>
+        <v>-0.37</v>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="n">
-        <v>231139</v>
+        <v>231158</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C143" s="0" t="n">
-        <v>34.06</v>
+        <v>2.7</v>
       </c>
       <c r="D143" s="0" t="n">
-        <v>3.42</v>
+        <v>5.02</v>
       </c>
       <c r="E143" s="0" t="n">
-        <v>-0.36</v>
+        <v>-0.41</v>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="n">
-        <v>231137</v>
+        <v>231157</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C144" s="0" t="n">
-        <v>3.14</v>
+        <v>6.05</v>
       </c>
       <c r="D144" s="0" t="n">
-        <v>3.25</v>
+        <v>5.02</v>
       </c>
       <c r="E144" s="0" t="n">
-        <v>-0.27</v>
+        <v>0.02</v>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="n">
-        <v>231136</v>
+        <v>231156</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C145" s="0" t="n">
-        <v>9.56</v>
+        <v>3.25</v>
       </c>
       <c r="D145" s="0" t="n">
-        <v>3.25</v>
+        <v>5.02</v>
       </c>
       <c r="E145" s="0" t="n">
-        <v>0.02</v>
+        <v>-0.06</v>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="n">
-        <v>231135</v>
+        <v>231154</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C146" s="0" t="n">
-        <v>3.02</v>
+        <v>4.36</v>
       </c>
       <c r="D146" s="0" t="n">
-        <v>3.25</v>
+        <v>5.03</v>
       </c>
       <c r="E146" s="0" t="n">
-        <v>0.33</v>
+        <v>0.43</v>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="n">
-        <v>231134</v>
+        <v>231153</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C147" s="0" t="n">
-        <v>2.18</v>
+        <v>3.24</v>
       </c>
       <c r="D147" s="0" t="n">
-        <v>3.25</v>
+        <v>5.03</v>
       </c>
       <c r="E147" s="0" t="n">
-        <v>0.44</v>
+        <v>0.3</v>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="n">
-        <v>231133</v>
+        <v>231152</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C148" s="0" t="n">
-        <v>37.66</v>
+        <v>2.08</v>
       </c>
       <c r="D148" s="0" t="n">
-        <v>3.12</v>
+        <v>5.03</v>
       </c>
       <c r="E148" s="0" t="n">
-        <v>0.6</v>
+        <v>0.31</v>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="n">
-        <v>231132</v>
+        <v>231151</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C149" s="0" t="n">
-        <v>2.58</v>
+        <v>2.18</v>
       </c>
       <c r="D149" s="0" t="n">
-        <v>3.02</v>
+        <v>4.82</v>
       </c>
       <c r="E149" s="0" t="n">
-        <v>0.6</v>
+        <v>0.56</v>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="n">
-        <v>231131</v>
+        <v>231150</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C150" s="0" t="n">
-        <v>2.27</v>
+        <v>2.67</v>
       </c>
       <c r="D150" s="0" t="n">
-        <v>3.01</v>
+        <v>4.83</v>
       </c>
       <c r="E150" s="0" t="n">
-        <v>0.6</v>
+        <v>0.56</v>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="n">
-        <v>231129</v>
+        <v>231149</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C151" s="0" t="n">
-        <v>11.66</v>
+        <v>8.4</v>
       </c>
       <c r="D151" s="0" t="n">
-        <v>2.72</v>
+        <v>4.46</v>
       </c>
       <c r="E151" s="0" t="n">
-        <v>0.6</v>
+        <v>0.56</v>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="n">
-        <v>231128</v>
+        <v>231148</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-1B</t>
         </is>
       </c>
       <c r="C152" s="0" t="n">
-        <v>41.29</v>
+        <v>2.27</v>
       </c>
       <c r="D152" s="0" t="n">
-        <v>2.21</v>
+        <v>4.55</v>
       </c>
       <c r="E152" s="0" t="n">
-        <v>0.6</v>
+        <v>0.56</v>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="n">
-        <v>231127</v>
+        <v>231147</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-1A</t>
         </is>
       </c>
       <c r="C153" s="0" t="n">
-        <v>23.75</v>
+        <v>41.45</v>
       </c>
       <c r="D153" s="0" t="n">
-        <v>2.25</v>
+        <v>4.23</v>
       </c>
       <c r="E153" s="0" t="n">
-        <v>0.6</v>
+        <v>0.56</v>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="n">
-        <v>231126</v>
+        <v>231146</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>IV-2</t>
         </is>
       </c>
       <c r="C154" s="0" t="n">
-        <v>3.68</v>
+        <v>5.15</v>
       </c>
       <c r="D154" s="0" t="n">
-        <v>2.28</v>
+        <v>4.28</v>
       </c>
       <c r="E154" s="0" t="n">
-        <v>0.6</v>
+        <v>0.56</v>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="n">
-        <v>231125</v>
+        <v>231145</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>IV-3</t>
         </is>
       </c>
       <c r="C155" s="0" t="n">
-        <v>6.15</v>
+        <v>25.5</v>
       </c>
       <c r="D155" s="0" t="n">
-        <v>1.94</v>
+        <v>3.92</v>
       </c>
       <c r="E155" s="0" t="n">
-        <v>0.6</v>
+        <v>0.58</v>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="n">
-        <v>231124</v>
+        <v>231144</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C156" s="0" t="n">
-        <v>28.97</v>
+        <v>3.98</v>
       </c>
       <c r="D156" s="0" t="n">
-        <v>1.66</v>
+        <v>3.97</v>
       </c>
       <c r="E156" s="0" t="n">
-        <v>0.44</v>
+        <v>0.58</v>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="n">
-        <v>231123</v>
+        <v>231143</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>IV-1A</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C157" s="0" t="n">
-        <v>2.73</v>
+        <v>34.19</v>
       </c>
       <c r="D157" s="0" t="n">
-        <v>1.66</v>
+        <v>3.64</v>
       </c>
       <c r="E157" s="0" t="n">
-        <v>0.41</v>
+        <v>0.6</v>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="n">
-        <v>231122</v>
+        <v>231142</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>IV-5</t>
         </is>
       </c>
       <c r="C158" s="0" t="n">
-        <v>9.97</v>
+        <v>2.14</v>
       </c>
       <c r="D158" s="0" t="n">
-        <v>1.66</v>
+        <v>3.58</v>
       </c>
       <c r="E158" s="0" t="n">
-        <v>0.23</v>
+        <v>0.6</v>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="n">
-        <v>231121</v>
+        <v>231141</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-5</t>
         </is>
       </c>
       <c r="C159" s="0" t="n">
-        <v>2.49</v>
+        <v>4.5</v>
       </c>
       <c r="D159" s="0" t="n">
-        <v>1.66</v>
+        <v>3.42</v>
       </c>
       <c r="E159" s="0" t="n">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="n">
-        <v>231120</v>
+        <v>231140</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>IV-2</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C160" s="0" t="n">
-        <v>4.75</v>
+        <v>29.62</v>
       </c>
       <c r="D160" s="0" t="n">
-        <v>1.66</v>
+        <v>3.42</v>
       </c>
       <c r="E160" s="0" t="n">
-        <v>-0.09</v>
+        <v>0.06</v>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="n">
-        <v>231119</v>
+        <v>231138</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>IV-1B</t>
+          <t>IV-6</t>
         </is>
       </c>
       <c r="C161" s="0" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="D161" s="0" t="n">
         <v>3.25</v>
       </c>
-      <c r="D161" s="0" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E161" s="0" t="n">
-        <v>-0.15</v>
+        <v>-0.64</v>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="n">
-        <v>231118</v>
+        <v>231137</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>IV-6</t>
+          <t>IV-2</t>
         </is>
       </c>
       <c r="C162" s="0" t="n">
-        <v>2.63</v>
+        <v>3.14</v>
       </c>
       <c r="D162" s="0" t="n">
-        <v>1.66</v>
+        <v>3.25</v>
       </c>
       <c r="E162" s="0" t="n">
-        <v>-0.03</v>
+        <v>-0.27</v>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="n">
-        <v>231117</v>
+        <v>231136</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C163" s="0" t="n">
-        <v>12.9</v>
+        <v>9.56</v>
       </c>
       <c r="D163" s="0" t="n">
-        <v>1.65</v>
+        <v>3.25</v>
       </c>
       <c r="E163" s="0" t="n">
-        <v>-0.54</v>
+        <v>0.02</v>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="n">
-        <v>231116</v>
+        <v>231135</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>IV-4</t>
+          <t>IV-3</t>
         </is>
       </c>
       <c r="C164" s="0" t="n">
-        <v>7.41</v>
+        <v>3.02</v>
       </c>
       <c r="D164" s="0" t="n">
-        <v>1.65</v>
+        <v>3.25</v>
       </c>
       <c r="E164" s="0" t="n">
-        <v>-0.46</v>
+        <v>0.33</v>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="n">
-        <v>231115</v>
+        <v>231134</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>IV-3</t>
+          <t>IV-4</t>
         </is>
       </c>
       <c r="C165" s="0" t="n">
-        <v>8.96</v>
+        <v>2.18</v>
       </c>
       <c r="D165" s="0" t="n">
-        <v>1.65</v>
+        <v>3.25</v>
       </c>
       <c r="E165" s="0" t="n">
-        <v>-0.77</v>
+        <v>0.44</v>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="n">
+        <v>231133</v>
+      </c>
+      <c r="B166" s="0" t="inlineStr">
+        <is>
+          <t>IV-6</t>
+        </is>
+      </c>
+      <c r="C166" s="0" t="n">
+        <v>37.66</v>
+      </c>
+      <c r="D166" s="0" t="n">
+        <v>3.12</v>
+      </c>
+      <c r="E166" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F166" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="n">
+        <v>231132</v>
+      </c>
+      <c r="B167" s="0" t="inlineStr">
+        <is>
+          <t>IV-2</t>
+        </is>
+      </c>
+      <c r="C167" s="0" t="n">
+        <v>2.58</v>
+      </c>
+      <c r="D167" s="0" t="n">
+        <v>3.02</v>
+      </c>
+      <c r="E167" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F167" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="n">
+        <v>231131</v>
+      </c>
+      <c r="B168" s="0" t="inlineStr">
+        <is>
+          <t>IV-4</t>
+        </is>
+      </c>
+      <c r="C168" s="0" t="n">
+        <v>2.27</v>
+      </c>
+      <c r="D168" s="0" t="n">
+        <v>3.01</v>
+      </c>
+      <c r="E168" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F168" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="n">
+        <v>231130</v>
+      </c>
+      <c r="B169" s="0" t="inlineStr">
+        <is>
+          <t>IV-2</t>
+        </is>
+      </c>
+      <c r="C169" s="0" t="n">
+        <v>17.57</v>
+      </c>
+      <c r="D169" s="0" t="n">
+        <v>2.59</v>
+      </c>
+      <c r="E169" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F169" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="n">
+        <v>231129</v>
+      </c>
+      <c r="B170" s="0" t="inlineStr">
+        <is>
+          <t>IV-1A</t>
+        </is>
+      </c>
+      <c r="C170" s="0" t="n">
+        <v>11.66</v>
+      </c>
+      <c r="D170" s="0" t="n">
+        <v>2.72</v>
+      </c>
+      <c r="E170" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F170" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="n">
+        <v>231128</v>
+      </c>
+      <c r="B171" s="0" t="inlineStr">
+        <is>
+          <t>IV-4</t>
+        </is>
+      </c>
+      <c r="C171" s="0" t="n">
+        <v>41.29</v>
+      </c>
+      <c r="D171" s="0" t="n">
+        <v>2.21</v>
+      </c>
+      <c r="E171" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F171" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="n">
+        <v>231127</v>
+      </c>
+      <c r="B172" s="0" t="inlineStr">
+        <is>
+          <t>IV-3</t>
+        </is>
+      </c>
+      <c r="C172" s="0" t="n">
+        <v>23.75</v>
+      </c>
+      <c r="D172" s="0" t="n">
+        <v>2.25</v>
+      </c>
+      <c r="E172" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F172" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="n">
+        <v>231126</v>
+      </c>
+      <c r="B173" s="0" t="inlineStr">
+        <is>
+          <t>IV-6</t>
+        </is>
+      </c>
+      <c r="C173" s="0" t="n">
+        <v>3.68</v>
+      </c>
+      <c r="D173" s="0" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="E173" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F173" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="n">
+        <v>231125</v>
+      </c>
+      <c r="B174" s="0" t="inlineStr">
+        <is>
+          <t>IV-3</t>
+        </is>
+      </c>
+      <c r="C174" s="0" t="n">
+        <v>6.15</v>
+      </c>
+      <c r="D174" s="0" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="E174" s="0" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="F174" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="n">
+        <v>231124</v>
+      </c>
+      <c r="B175" s="0" t="inlineStr">
+        <is>
+          <t>IV-6</t>
+        </is>
+      </c>
+      <c r="C175" s="0" t="n">
+        <v>28.97</v>
+      </c>
+      <c r="D175" s="0" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="E175" s="0" t="n">
+        <v>0.44</v>
+      </c>
+      <c r="F175" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="n">
+        <v>231123</v>
+      </c>
+      <c r="B176" s="0" t="inlineStr">
+        <is>
+          <t>IV-6</t>
+        </is>
+      </c>
+      <c r="C176" s="0" t="n">
+        <v>2.73</v>
+      </c>
+      <c r="D176" s="0" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="E176" s="0" t="n">
+        <v>0.41</v>
+      </c>
+      <c r="F176" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="n">
+        <v>231122</v>
+      </c>
+      <c r="B177" s="0" t="inlineStr">
+        <is>
+          <t>IV-2</t>
+        </is>
+      </c>
+      <c r="C177" s="0" t="n">
+        <v>9.97</v>
+      </c>
+      <c r="D177" s="0" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="E177" s="0" t="n">
+        <v>0.23</v>
+      </c>
+      <c r="F177" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="n">
+        <v>231121</v>
+      </c>
+      <c r="B178" s="0" t="inlineStr">
+        <is>
+          <t>IV-5</t>
+        </is>
+      </c>
+      <c r="C178" s="0" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="D178" s="0" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="E178" s="0" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="F178" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="n">
+        <v>231119</v>
+      </c>
+      <c r="B179" s="0" t="inlineStr">
+        <is>
+          <t>IV-1B</t>
+        </is>
+      </c>
+      <c r="C179" s="0" t="n">
+        <v>3.25</v>
+      </c>
+      <c r="D179" s="0" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="E179" s="0" t="n">
+        <v>-0.15</v>
+      </c>
+      <c r="F179" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="n">
+        <v>231117</v>
+      </c>
+      <c r="B180" s="0" t="inlineStr">
+        <is>
+          <t>IV-2</t>
+        </is>
+      </c>
+      <c r="C180" s="0" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="D180" s="0" t="n">
+        <v>1.65</v>
+      </c>
+      <c r="E180" s="0" t="n">
+        <v>-0.54</v>
+      </c>
+      <c r="F180" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="n">
+        <v>231116</v>
+      </c>
+      <c r="B181" s="0" t="inlineStr">
+        <is>
+          <t>IV-4</t>
+        </is>
+      </c>
+      <c r="C181" s="0" t="n">
+        <v>7.41</v>
+      </c>
+      <c r="D181" s="0" t="n">
+        <v>1.65</v>
+      </c>
+      <c r="E181" s="0" t="n">
+        <v>-0.46</v>
+      </c>
+      <c r="F181" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="n">
+        <v>231115</v>
+      </c>
+      <c r="B182" s="0" t="inlineStr">
+        <is>
+          <t>IV-6</t>
+        </is>
+      </c>
+      <c r="C182" s="0" t="n">
+        <v>8.96</v>
+      </c>
+      <c r="D182" s="0" t="n">
+        <v>1.65</v>
+      </c>
+      <c r="E182" s="0" t="n">
+        <v>-0.77</v>
+      </c>
+      <c r="F182" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="n">
         <v>231114</v>
       </c>
-      <c r="B166" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C166" s="0" t="n">
+      <c r="B183" s="0" t="inlineStr">
+        <is>
+          <t>IV-6</t>
+        </is>
+      </c>
+      <c r="C183" s="0" t="n">
         <v>2.35</v>
       </c>
-      <c r="D166" s="0" t="n">
+      <c r="D183" s="0" t="n">
         <v>1.65</v>
       </c>
-      <c r="E166" s="0" t="n">
+      <c r="E183" s="0" t="n">
         <v>-0.82</v>
       </c>
-      <c r="F166" s="0" t="inlineStr">
+      <c r="F183" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>